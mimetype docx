--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -75,51 +75,51 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1783715" cy="966470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>Veranstaltungskalender</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00413F96">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
       <w:r>
-        <w:t>Oktober 2025</w:t>
+        <w:t>November 2025</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00FB5D2B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="4996" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="74" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1282"/>
         <w:gridCol w:w="1479"/>
         <w:gridCol w:w="1498"/>
         <w:gridCol w:w="3624"/>
         <w:gridCol w:w="1973"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB5D2B" w:rsidTr="00B713BC">
         <w:tc>
           <w:tcPr>
@@ -485,137 +485,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="3809">
+  <w:abstractNum w:abstractNumId="9175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23168898">
+    <w:lvl w:ilvl="0" w:tplc="45277589">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23168898" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45277589" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3808">
+  <w:abstractNum w:abstractNumId="9174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20891189">
+    <w:lvl w:ilvl="0" w:tplc="89063113">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1367,55 +1367,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3808">
-    <w:abstractNumId w:val="3808"/>
+  <w:num w:numId="9174">
+    <w:abstractNumId w:val="9174"/>
   </w:num>
-  <w:num w:numId="3809">
-    <w:abstractNumId w:val="3809"/>
+  <w:num w:numId="9175">
+    <w:abstractNumId w:val="9175"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB5D2B"/>
     <w:rsid w:val="00413F96"/>
     <w:rsid w:val="00B713BC"/>
     <w:rsid w:val="00FB5D2B"/>
   </w:rsids>
@@ -2379,51 +2379,51 @@
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="endnoteReferencePHPDOCX">
     <w:name w:val="endnote Reference PHPDOCX"/>
     <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId527795332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId578366807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId893631196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId632967436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId860355381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId220628894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId559294671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId510496761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId369318140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607388460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>