--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -75,51 +75,51 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1783715" cy="966470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>Veranstaltungskalender</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00413F96">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
       <w:r>
-        <w:t>November 2025</w:t>
+        <w:t>Januar 2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00FB5D2B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="4996" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="74" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1282"/>
         <w:gridCol w:w="1479"/>
         <w:gridCol w:w="1498"/>
         <w:gridCol w:w="3624"/>
         <w:gridCol w:w="1973"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB5D2B" w:rsidTr="00B713BC">
         <w:tc>
           <w:tcPr>
@@ -485,137 +485,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="9175">
+  <w:abstractNum w:abstractNumId="10786">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45277589">
+    <w:lvl w:ilvl="0" w:tplc="60824900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45277589" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60824900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9174">
+  <w:abstractNum w:abstractNumId="10785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89063113">
+    <w:lvl w:ilvl="0" w:tplc="84051680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1367,55 +1367,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9174">
-    <w:abstractNumId w:val="9174"/>
+  <w:num w:numId="10785">
+    <w:abstractNumId w:val="10785"/>
   </w:num>
-  <w:num w:numId="9175">
-    <w:abstractNumId w:val="9175"/>
+  <w:num w:numId="10786">
+    <w:abstractNumId w:val="10786"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB5D2B"/>
     <w:rsid w:val="00413F96"/>
     <w:rsid w:val="00B713BC"/>
     <w:rsid w:val="00FB5D2B"/>
   </w:rsids>
@@ -2379,51 +2379,51 @@
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="endnoteReferencePHPDOCX">
     <w:name w:val="endnote Reference PHPDOCX"/>
     <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId220628894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId559294671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId510496761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId369318140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607388460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId332428013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId926337667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId365071761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId553502484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466309992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>