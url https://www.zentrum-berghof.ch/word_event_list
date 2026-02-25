--- v2 (2026-01-01)
+++ v3 (2026-02-25)
@@ -75,51 +75,51 @@
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1783715" cy="966470"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t>Veranstaltungskalender</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00413F96">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
       <w:r>
-        <w:t>Januar 2026</w:t>
+        <w:t>Februar 2026</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB5D2B" w:rsidRDefault="00FB5D2B"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="4996" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="74" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1282"/>
         <w:gridCol w:w="1479"/>
         <w:gridCol w:w="1498"/>
         <w:gridCol w:w="3624"/>
         <w:gridCol w:w="1973"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FB5D2B" w:rsidTr="00B713BC">
         <w:tc>
           <w:tcPr>
@@ -485,137 +485,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="10786">
+  <w:abstractNum w:abstractNumId="28720">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60824900">
+    <w:lvl w:ilvl="0" w:tplc="86885015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60824900" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86885015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10785">
+  <w:abstractNum w:abstractNumId="28719">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84051680">
+    <w:lvl w:ilvl="0" w:tplc="39578840">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -1367,55 +1367,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10785">
-    <w:abstractNumId w:val="10785"/>
+  <w:num w:numId="28719">
+    <w:abstractNumId w:val="28719"/>
   </w:num>
-  <w:num w:numId="10786">
-    <w:abstractNumId w:val="10786"/>
+  <w:num w:numId="28720">
+    <w:abstractNumId w:val="28720"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB5D2B"/>
     <w:rsid w:val="00413F96"/>
     <w:rsid w:val="00B713BC"/>
     <w:rsid w:val="00FB5D2B"/>
   </w:rsids>
@@ -2379,51 +2379,51 @@
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="endnoteReferencePHPDOCX">
     <w:name w:val="endnote Reference PHPDOCX"/>
     <w:basedOn w:val="DefaultParagraphFontPHPDOCX"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E0FDA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId332428013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId926337667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId365071761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId553502484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId466309992" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId381615771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId449324613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId862120663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId286662471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId357305199" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
 
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>